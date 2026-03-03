--- v0 (2025-11-17)
+++ v1 (2026-03-03)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:O421"/>
+  <dimension ref="A1:O422"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="50" customWidth="1" min="1" max="1"/>
     <col width="11" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
     <col width="8" customWidth="1" min="4" max="4"/>
     <col width="39" customWidth="1" min="5" max="5"/>
     <col width="36" customWidth="1" min="6" max="6"/>
     <col width="8" customWidth="1" min="7" max="7"/>
     <col width="49" customWidth="1" min="8" max="8"/>
     <col width="24" customWidth="1" min="9" max="9"/>
     <col width="9" customWidth="1" min="10" max="10"/>
     <col width="50" customWidth="1" min="11" max="11"/>
     <col width="38" customWidth="1" min="12" max="12"/>
     <col width="48" customWidth="1" min="13" max="13"/>
     <col width="50" customWidth="1" min="14" max="14"/>
     <col width="37" customWidth="1" min="15" max="15"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -25103,5073 +25103,5142 @@
       </c>
       <c r="L349" t="inlineStr">
         <is>
           <t>6044416168</t>
         </is>
       </c>
       <c r="M349" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N349" t="inlineStr">
         <is>
           <t>LIGIA INES ALZATE ARIAS</t>
         </is>
       </c>
       <c r="O349" t="inlineStr">
         <is>
           <t>LIGIA.ALZATE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO MEDIA LUNA</t>
+          <t>INSTITUCION EDUCATIVA EMPRESARIAL</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="n">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="E350" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SANTA ELENA</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SANTA ELENA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G350" t="n">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>MEDIA LUNA</t>
+          <t>NO APLICA</t>
         </is>
       </c>
       <c r="I350" t="inlineStr">
         <is>
-          <t>ZONA RURAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J350" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K350" t="inlineStr">
         <is>
-          <t>CORREG SANTA ELENA VEREDA MEDIA LUNA</t>
+          <t>CALLE 42 SUR # 69A - 58</t>
         </is>
       </c>
       <c r="L350" t="inlineStr">
         <is>
-          <t>6042695500</t>
+          <t>6044444262</t>
         </is>
       </c>
       <c r="M350" t="inlineStr">
         <is>
-          <t>CE.MEDIALUNA@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N350" t="inlineStr">
         <is>
-          <t>BEATRIZ ELENA ALVAREZ SERNA</t>
+          <t>YURY MARCELA CANO MURILLO</t>
         </is>
       </c>
       <c r="O350" t="inlineStr">
         <is>
-          <t>BEATRIZ.ALVAREZ@MEDELLIN.GOV.CO</t>
+          <t>YURY.CANO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL PLAN</t>
+          <t>CENTRO EDUCATIVO MEDIA LUNA</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="n">
         <v>90</v>
       </c>
       <c r="E351" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G351" t="n">
         <v>925</v>
       </c>
       <c r="H351" t="inlineStr">
         <is>
-          <t>EL PLAN</t>
+          <t>MEDIA LUNA</t>
         </is>
       </c>
       <c r="I351" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J351" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K351" t="inlineStr">
         <is>
-          <t>CORREG SANTA ELENA-VEREDA EL PLAN</t>
+          <t>CORREG SANTA ELENA VEREDA MEDIA LUNA</t>
         </is>
       </c>
       <c r="L351" t="inlineStr">
         <is>
-          <t>6045577157</t>
+          <t>6042695500</t>
         </is>
       </c>
       <c r="M351" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.MEDIALUNA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N351" t="inlineStr">
         <is>
           <t>BEATRIZ ELENA ALVAREZ SERNA</t>
         </is>
       </c>
       <c r="O351" t="inlineStr">
         <is>
           <t>BEATRIZ.ALVAREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL PLACER</t>
+          <t>CENTRO EDUCATIVO EL PLAN</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="n">
         <v>90</v>
       </c>
       <c r="E352" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G352" t="n">
         <v>925</v>
       </c>
       <c r="H352" t="inlineStr">
         <is>
-          <t>EL PLACER</t>
+          <t>EL PLAN</t>
         </is>
       </c>
       <c r="I352" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J352" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K352" t="inlineStr">
         <is>
-          <t>CORREG SANTA ELENAVEREDA EL PLACER</t>
+          <t>CORREG SANTA ELENA-VEREDA EL PLAN</t>
         </is>
       </c>
       <c r="L352" t="inlineStr">
         <is>
-          <t>6042919033</t>
+          <t>6045577157</t>
         </is>
       </c>
       <c r="M352" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N352" t="inlineStr">
         <is>
           <t>BEATRIZ ELENA ALVAREZ SERNA</t>
         </is>
       </c>
       <c r="O352" t="inlineStr">
         <is>
           <t>BEATRIZ.ALVAREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA MONSENOR VICTOR WIEDEMANN</t>
+          <t>CENTRO EDUCATIVO EL PLACER</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr"/>
       <c r="D353" t="n">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E353" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G353" t="n">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="H353" t="inlineStr">
         <is>
-          <t>SECTOR CENTRAL</t>
+          <t>EL PLACER</t>
         </is>
       </c>
       <c r="I353" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J353" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K353" t="inlineStr">
         <is>
-          <t>DIAGONAL 60E # 41 ASUR - 30</t>
+          <t>CORREG SANTA ELENAVEREDA EL PLACER</t>
         </is>
       </c>
       <c r="L353" t="inlineStr">
         <is>
-          <t>6042860010 - 6042866365</t>
+          <t>6042919033</t>
         </is>
       </c>
       <c r="M353" t="inlineStr">
         <is>
-          <t>IE.VICTORWIEDEMANN@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N353" t="inlineStr">
         <is>
-          <t>ALBA NERY ECHEVERRI BUILES</t>
+          <t>BEATRIZ ELENA ALVAREZ SERNA</t>
         </is>
       </c>
       <c r="O353" t="inlineStr">
         <is>
-          <t>ALBA.ECHEVERRI@MEDELLIN.GOV.CO</t>
+          <t>BEATRIZ.ALVAREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA LA VERDE</t>
+          <t>INSTITUCION EDUCATIVA MONSENOR VICTOR WIEDEMANN</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C354" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t xml:space="preserve">INTEGRACION DE OPERACIONES LOGISTICAS, PATRONAJE INDUSTRIAL EN PRENDAS DE VESTIR, CONSERVACION DE RECURSOS NATURALES, RECURSOS HUMANOS </t>
+        </is>
+      </c>
       <c r="D354" t="n">
         <v>80</v>
       </c>
       <c r="E354" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G354" t="n">
         <v>937</v>
       </c>
       <c r="H354" t="inlineStr">
         <is>
           <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I354" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J354" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K354" t="inlineStr">
         <is>
-          <t>Diagonal 60 E # 41A SUR 30</t>
+          <t>DIAGONAL 60E # 41 ASUR - 30</t>
         </is>
       </c>
       <c r="L354" t="inlineStr">
         <is>
-          <t>6042860291</t>
+          <t>6042860010 - 6042866365</t>
         </is>
       </c>
       <c r="M354" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.VICTORWIEDEMANN@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N354" t="inlineStr">
         <is>
           <t>ALBA NERY ECHEVERRI BUILES</t>
         </is>
       </c>
       <c r="O354" t="inlineStr">
         <is>
           <t>ALBA.ECHEVERRI@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LA ALDEA</t>
+          <t>SECCION ESCUELA LA VERDE</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="n">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="E355" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE PALMITAS</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>PALMITAS SECTOR CENTRAL</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G355" t="n">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H355" t="inlineStr">
         <is>
-          <t>LA ALDEA</t>
+          <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I355" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J355" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K355" t="inlineStr">
         <is>
-          <t>VEREDA LA ALDEA</t>
+          <t>Diagonal 60 E # 41A SUR 30</t>
         </is>
       </c>
       <c r="L355" t="inlineStr">
         <is>
-          <t>6043870129</t>
+          <t>6042860291</t>
         </is>
       </c>
       <c r="M355" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N355" t="inlineStr">
         <is>
-          <t>GILMA PASTORA AYALA FRANCO</t>
+          <t>ALBA NERY ECHEVERRI BUILES</t>
         </is>
       </c>
       <c r="O355" t="inlineStr">
         <is>
-          <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
+          <t>ALBA.ECHEVERRI@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LA VOLCANA</t>
+          <t>CENTRO EDUCATIVO LA ALDEA</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="n">
         <v>50</v>
       </c>
       <c r="E356" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
           <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G356" t="n">
         <v>936</v>
       </c>
       <c r="H356" t="inlineStr">
         <is>
-          <t>LA VOLCANA - GUAYABAL</t>
+          <t>LA ALDEA</t>
         </is>
       </c>
       <c r="I356" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J356" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K356" t="inlineStr">
         <is>
-          <t>VEREDA LA VOLCA A</t>
+          <t>VEREDA LA ALDEA</t>
         </is>
       </c>
       <c r="L356" t="inlineStr">
         <is>
-          <t>6044463286</t>
+          <t>6043870129</t>
         </is>
       </c>
       <c r="M356" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N356" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O356" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LA FRISOLA</t>
+          <t>CENTRO EDUCATIVO LA VOLCANA</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="n">
         <v>50</v>
       </c>
       <c r="E357" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
           <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G357" t="n">
         <v>936</v>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>LA FRISOLA</t>
+          <t>LA VOLCANA - GUAYABAL</t>
         </is>
       </c>
       <c r="I357" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J357" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K357" t="inlineStr">
         <is>
-          <t>VEREDA LA FRISOLA</t>
+          <t>VEREDA LA VOLCA A</t>
         </is>
       </c>
       <c r="L357" t="inlineStr">
         <is>
-          <t>6044463248</t>
+          <t>6044463286</t>
         </is>
       </c>
       <c r="M357" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N357" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O357" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LUIS MESA VILLA</t>
+          <t>CENTRO EDUCATIVO LA FRISOLA</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="n">
         <v>50</v>
       </c>
       <c r="E358" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
           <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G358" t="n">
         <v>936</v>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>URQUITA</t>
+          <t>LA FRISOLA</t>
         </is>
       </c>
       <c r="I358" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J358" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K358" t="inlineStr">
         <is>
-          <t>VEREDA URQUITA</t>
+          <t>VEREDA LA FRISOLA</t>
         </is>
       </c>
       <c r="L358" t="inlineStr">
         <is>
-          <t>6044461379</t>
+          <t>6044463248</t>
         </is>
       </c>
       <c r="M358" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N358" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O358" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LA SUIZA</t>
+          <t>CENTRO EDUCATIVO LUIS MESA VILLA</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="n">
         <v>50</v>
       </c>
       <c r="E359" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
           <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G359" t="n">
         <v>936</v>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>LA SUIZA</t>
+          <t>URQUITA</t>
         </is>
       </c>
       <c r="I359" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J359" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K359" t="inlineStr">
         <is>
-          <t>VEREDA LA SUIZA</t>
+          <t>VEREDA URQUITA</t>
         </is>
       </c>
       <c r="L359" t="inlineStr">
         <is>
-          <t>6044463712</t>
+          <t>6044461379</t>
         </is>
       </c>
       <c r="M359" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N359" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O359" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LA POTRERA</t>
+          <t>CENTRO EDUCATIVO LA SUIZA</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="n">
         <v>50</v>
       </c>
       <c r="E360" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>POTRERA MISERENGA</t>
+          <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G360" t="n">
         <v>936</v>
       </c>
       <c r="H360" t="inlineStr">
         <is>
-          <t>LA POTRERA MISERENGA</t>
+          <t>LA SUIZA</t>
         </is>
       </c>
       <c r="I360" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J360" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K360" t="inlineStr">
         <is>
-          <t>VEREDA LA POTRERA</t>
+          <t>VEREDA LA SUIZA</t>
         </is>
       </c>
       <c r="L360" t="inlineStr">
         <is>
-          <t>6043870129</t>
+          <t>6044463712</t>
         </is>
       </c>
       <c r="M360" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N360" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O360" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LEON ARANGO PAUCAR</t>
+          <t>CENTRO EDUCATIVO LA POTRERA</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="n">
         <v>50</v>
       </c>
       <c r="E361" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>PALMITAS SECTOR CENTRAL</t>
+          <t>POTRERA MISERENGA</t>
         </is>
       </c>
       <c r="G361" t="n">
         <v>936</v>
       </c>
       <c r="H361" t="inlineStr">
         <is>
-          <t>LA SUCIA</t>
+          <t>LA POTRERA MISERENGA</t>
         </is>
       </c>
       <c r="I361" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J361" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K361" t="inlineStr">
         <is>
-          <t>VEREDA LA SUCIA</t>
+          <t>VEREDA LA POTRERA</t>
         </is>
       </c>
       <c r="L361" t="inlineStr">
         <is>
-          <t>6043870825</t>
+          <t>6043870129</t>
         </is>
       </c>
       <c r="M361" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N361" t="inlineStr">
         <is>
           <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O361" t="inlineStr">
         <is>
           <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA PRESBITERO CARLOS ALBERTO CALDERON</t>
+          <t>CENTRO EDUCATIVO LEON ARANGO PAUCAR</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr"/>
       <c r="D362" t="n">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="E362" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
+          <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G362" t="n">
         <v>936</v>
       </c>
       <c r="H362" t="inlineStr">
         <is>
-          <t>EL LLANO</t>
+          <t>LA SUCIA</t>
         </is>
       </c>
       <c r="I362" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J362" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K362" t="inlineStr">
         <is>
-          <t xml:space="preserve">VEREDA EL LLANO </t>
+          <t>VEREDA LA SUCIA</t>
         </is>
       </c>
       <c r="L362" t="inlineStr">
         <is>
-          <t>6045574870</t>
+          <t>6043870825</t>
         </is>
       </c>
       <c r="M362" t="inlineStr">
         <is>
-          <t>IE.CARLOSALBERTOCALD@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N362" t="inlineStr">
         <is>
-          <t>JOHN ARIEL AGUDELO ECHEVERRI</t>
+          <t>GILMA PASTORA AYALA FRANCO</t>
         </is>
       </c>
       <c r="O362" t="inlineStr">
         <is>
-          <t>JOHN.AGUDELOE@MEDELLIN.GOV.CO</t>
+          <t>GILMA.AYALA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL SALADO</t>
+          <t>INSTITUCION EDUCATIVA PRESBITERO CARLOS ALBERTO CALDERON</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
-      <c r="C363" t="inlineStr"/>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>LOGISTICA DE CENTROS DE DISTRIBUCION</t>
+        </is>
+      </c>
       <c r="D363" t="n">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="E363" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>EL SALADO</t>
+          <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G363" t="n">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="H363" t="inlineStr">
         <is>
-          <t>EL SALADO</t>
+          <t>EL LLANO</t>
         </is>
       </c>
       <c r="I363" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J363" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K363" t="inlineStr">
         <is>
-          <t>CORREG SAN ANTONIO DE PRADO</t>
+          <t xml:space="preserve">VEREDA EL LLANO </t>
         </is>
       </c>
       <c r="L363" t="inlineStr">
         <is>
-          <t>3045435899</t>
+          <t>6045574870</t>
         </is>
       </c>
       <c r="M363" t="inlineStr">
         <is>
-          <t>CE.SALADO@MEDELLIN.GOV.CO</t>
+          <t>IE.CARLOSALBERTOCALD@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N363" t="inlineStr">
         <is>
-          <t>HENRY DE JESUS DIAZ PINEDA</t>
+          <t>JOHN ARIEL AGUDELO ECHEVERRI</t>
         </is>
       </c>
       <c r="O363" t="inlineStr">
         <is>
-          <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
+          <t>JOHN.AGUDELOE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO YARUMALITO</t>
+          <t>CENTRO EDUCATIVO EL SALADO</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="n">
         <v>80</v>
       </c>
       <c r="E364" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>EL SALADO</t>
         </is>
       </c>
       <c r="G364" t="n">
         <v>937</v>
       </c>
       <c r="H364" t="inlineStr">
         <is>
-          <t>YARUMALITO</t>
+          <t>EL SALADO</t>
         </is>
       </c>
       <c r="I364" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J364" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K364" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA YARUMALITO</t>
+          <t>CORREG SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="L364" t="inlineStr">
         <is>
-          <t>6043227231</t>
+          <t>3045435899</t>
         </is>
       </c>
       <c r="M364" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.SALADO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N364" t="inlineStr">
         <is>
           <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O364" t="inlineStr">
         <is>
           <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL ASTILLERO</t>
+          <t>CENTRO EDUCATIVO YARUMALITO</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="n">
         <v>80</v>
       </c>
       <c r="E365" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G365" t="n">
         <v>937</v>
       </c>
       <c r="H365" t="inlineStr">
         <is>
-          <t>EL ASTILLERO</t>
+          <t>YARUMALITO</t>
         </is>
       </c>
       <c r="I365" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J365" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K365" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA ASTILLERO</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA YARUMALITO</t>
         </is>
       </c>
       <c r="L365" t="inlineStr">
         <is>
-          <t>6042322109</t>
+          <t>6043227231</t>
         </is>
       </c>
       <c r="M365" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N365" t="inlineStr">
         <is>
           <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O365" t="inlineStr">
         <is>
           <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO POTRERITO</t>
+          <t>CENTRO EDUCATIVO EL ASTILLERO</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="n">
         <v>80</v>
       </c>
       <c r="E366" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G366" t="n">
         <v>937</v>
       </c>
       <c r="H366" t="inlineStr">
         <is>
-          <t>POTRERITO</t>
+          <t>EL ASTILLERO</t>
         </is>
       </c>
       <c r="I366" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J366" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K366" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA LA CABANA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA ASTILLERO</t>
         </is>
       </c>
       <c r="L366" t="inlineStr">
         <is>
-          <t>6042863725</t>
+          <t>6042322109</t>
         </is>
       </c>
       <c r="M366" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N366" t="inlineStr">
         <is>
           <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O366" t="inlineStr">
         <is>
           <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO QUEBRADA LARGA</t>
+          <t>CENTRO EDUCATIVO POTRERITO</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="n">
         <v>80</v>
       </c>
       <c r="E367" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G367" t="n">
         <v>937</v>
       </c>
       <c r="H367" t="inlineStr">
         <is>
-          <t>YARUMALITO</t>
+          <t>POTRERITO</t>
         </is>
       </c>
       <c r="I367" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J367" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K367" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA QUEBRADA LARGA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA LA CABANA</t>
         </is>
       </c>
       <c r="L367" t="inlineStr">
         <is>
-          <t>6043028518</t>
+          <t>6042863725</t>
         </is>
       </c>
       <c r="M367" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N367" t="inlineStr">
         <is>
           <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O367" t="inlineStr">
         <is>
           <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO MONTANITA</t>
+          <t>CENTRO EDUCATIVO QUEBRADA LARGA</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="n">
         <v>80</v>
       </c>
       <c r="E368" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G368" t="n">
         <v>937</v>
       </c>
       <c r="H368" t="inlineStr">
         <is>
-          <t>MONTANITA</t>
+          <t>YARUMALITO</t>
         </is>
       </c>
       <c r="I368" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J368" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K368" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA LA MONTANA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA QUEBRADA LARGA</t>
         </is>
       </c>
       <c r="L368" t="inlineStr">
         <is>
-          <t>6042860168</t>
+          <t>6043028518</t>
         </is>
       </c>
       <c r="M368" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N368" t="inlineStr">
         <is>
           <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O368" t="inlineStr">
         <is>
           <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO JUAN ANDRES PATINO</t>
+          <t>CENTRO EDUCATIVO MONTANITA</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="n">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="E369" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SANTA ELENA</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>BARRO BLANCO</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G369" t="n">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="H369" t="inlineStr">
         <is>
-          <t>BARRO BLANCO</t>
+          <t>MONTANITA</t>
         </is>
       </c>
       <c r="I369" t="inlineStr">
         <is>
-          <t>ZONA RURAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J369" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K369" t="inlineStr">
         <is>
-          <t>CORREG SANTA ELENA - VEREDA BARRO BLANCO</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO VEREDA LA MONTANA</t>
         </is>
       </c>
       <c r="L369" t="inlineStr">
         <is>
-          <t>6045669138</t>
+          <t>6042860168</t>
         </is>
       </c>
       <c r="M369" t="inlineStr">
         <is>
-          <t>CE.JUANANDRESPATINO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N369" t="inlineStr">
         <is>
-          <t>ALBA NOLBERTA DEL ROCIO SEVILLANO MONTENEGRO</t>
+          <t>HENRY DE JESUS DIAZ PINEDA</t>
         </is>
       </c>
       <c r="O369" t="inlineStr">
         <is>
-          <t>ALBA.DELROCIO@MEDELLIN.GOV.CO</t>
+          <t>HENRY.DIAZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO PIEDRA GORDA</t>
+          <t>CENTRO EDUCATIVO JUAN ANDRES PATINO</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="n">
         <v>90</v>
       </c>
       <c r="E370" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SANTA ELENA</t>
+          <t>BARRO BLANCO</t>
         </is>
       </c>
       <c r="G370" t="n">
         <v>925</v>
       </c>
       <c r="H370" t="inlineStr">
         <is>
-          <t>PIEDRA GORDA</t>
+          <t>BARRO BLANCO</t>
         </is>
       </c>
       <c r="I370" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J370" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K370" t="inlineStr">
         <is>
-          <t>CCORREGIMIENTO SANTA ELENA - VEREDA PIEDRA GORDA</t>
+          <t>CORREG SANTA ELENA - VEREDA BARRO BLANCO</t>
         </is>
       </c>
       <c r="L370" t="inlineStr">
         <is>
-          <t>6045669186</t>
+          <t>6045669138</t>
         </is>
       </c>
       <c r="M370" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.JUANANDRESPATINO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N370" t="inlineStr">
         <is>
           <t>ALBA NOLBERTA DEL ROCIO SEVILLANO MONTENEGRO</t>
         </is>
       </c>
       <c r="O370" t="inlineStr">
         <is>
           <t>ALBA.DELROCIO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL CERRO</t>
+          <t>CENTRO EDUCATIVO PIEDRA GORDA</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="n">
         <v>90</v>
       </c>
       <c r="E371" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G371" t="n">
         <v>925</v>
       </c>
       <c r="H371" t="inlineStr">
         <is>
-          <t>EL CERRO</t>
+          <t>PIEDRA GORDA</t>
         </is>
       </c>
       <c r="I371" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J371" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K371" t="inlineStr">
         <is>
-          <t>CORREG SANTA ELENA-VEREDA EL CERRO</t>
+          <t>CCORREGIMIENTO SANTA ELENA - VEREDA PIEDRA GORDA</t>
         </is>
       </c>
       <c r="L371" t="inlineStr">
         <is>
-          <t>6045381830</t>
+          <t>6045669186</t>
         </is>
       </c>
       <c r="M371" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N371" t="inlineStr">
         <is>
           <t>ALBA NOLBERTA DEL ROCIO SEVILLANO MONTENEGRO</t>
         </is>
       </c>
       <c r="O371" t="inlineStr">
         <is>
           <t>ALBA.DELROCIO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO PERMANENTE MAZO</t>
+          <t>CENTRO EDUCATIVO EL CERRO</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="n">
         <v>90</v>
       </c>
       <c r="E372" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>MAZO</t>
+          <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G372" t="n">
         <v>925</v>
       </c>
       <c r="H372" t="inlineStr">
         <is>
-          <t>MAZO</t>
+          <t>EL CERRO</t>
         </is>
       </c>
       <c r="I372" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J372" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K372" t="inlineStr">
         <is>
-          <t>SANTA ELENA - VEREDA MAZO - ZONA DE AFLUENCIA AL PARQUE ARVI</t>
+          <t>CORREG SANTA ELENA-VEREDA EL CERRO</t>
         </is>
       </c>
       <c r="L372" t="inlineStr">
         <is>
-          <t>3004120925</t>
+          <t>6045381830</t>
         </is>
       </c>
       <c r="M372" t="inlineStr">
         <is>
-          <t>CE.PERMANENTEMAZO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N372" t="inlineStr">
         <is>
-          <t>GLORIA EUGENIA QUINTERO HERNANDEZ</t>
+          <t>ALBA NOLBERTA DEL ROCIO SEVILLANO MONTENEGRO</t>
         </is>
       </c>
       <c r="O372" t="inlineStr">
         <is>
-          <t>GLORIAE.QUINTERO@MEDELLIN.GOV.CO</t>
+          <t>ALBA.DELROCIO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO PIEDRAS BLANCAS</t>
+          <t>CENTRO EDUCATIVO PERMANENTE MAZO</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="n">
         <v>90</v>
       </c>
       <c r="E373" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>PIEDRAS BLANCAS - MATASANO</t>
+          <t>MAZO</t>
         </is>
       </c>
       <c r="G373" t="n">
         <v>925</v>
       </c>
       <c r="H373" t="inlineStr">
         <is>
-          <t>PIEDRAS BLANCAS</t>
+          <t>MAZO</t>
         </is>
       </c>
       <c r="I373" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J373" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K373" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SANTA ELENA-VEREDA PIEDRAS BLANCAS</t>
+          <t>SANTA ELENA - VEREDA MAZO - ZONA DE AFLUENCIA AL PARQUE ARVI</t>
         </is>
       </c>
       <c r="L373" t="inlineStr">
         <is>
-          <t>6045513286</t>
+          <t>3004120925</t>
         </is>
       </c>
       <c r="M373" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.PERMANENTEMAZO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N373" t="inlineStr">
         <is>
           <t>GLORIA EUGENIA QUINTERO HERNANDEZ</t>
         </is>
       </c>
       <c r="O373" t="inlineStr">
         <is>
           <t>GLORIAE.QUINTERO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA SAN CRISTOBAL</t>
+          <t>CENTRO EDUCATIVO PIEDRAS BLANCAS</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr"/>
       <c r="D374" t="n">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="E374" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
+          <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>PIEDRAS BLANCAS - MATASANO</t>
         </is>
       </c>
       <c r="G374" t="n">
-        <v>936</v>
+        <v>925</v>
       </c>
       <c r="H374" t="inlineStr">
         <is>
-          <t>CABECERA URBANA CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>PIEDRAS BLANCAS</t>
         </is>
       </c>
       <c r="I374" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J374" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K374" t="inlineStr">
         <is>
-          <t>CARRERA 131 # 65 - 07</t>
+          <t>CORREGIMIENTO SANTA ELENA-VEREDA PIEDRAS BLANCAS</t>
         </is>
       </c>
       <c r="L374" t="inlineStr">
         <is>
-          <t>6044274239 - 6044279180 - 3004122723</t>
+          <t>6045513286</t>
         </is>
       </c>
       <c r="M374" t="inlineStr">
         <is>
-          <t>IE.SANCRISTOBAL@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N374" t="inlineStr">
         <is>
-          <t>JOSE CHARLES VELEZ BETANCUR</t>
+          <t>GLORIA EUGENIA QUINTERO HERNANDEZ</t>
         </is>
       </c>
       <c r="O374" t="inlineStr">
         <is>
-          <t>JOSEC.VELEZ@MEDELLIN.GOV.CO</t>
+          <t>GLORIAE.QUINTERO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA MARINA ORTH</t>
+          <t>INSTITUCION EDUCATIVA SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>ASITENCIA EN AUDIO VISUALES</t>
+          <t>CONSERVACION DE RECURSOS NATURALES, SOPORTE MANTENIMIENTO Y VISUALIZACION DE BASES DE DATOS, DESARROLLO DE SOFTWARE, ASISTENCIA DE EDICION AUDIOVISUAL, INTEGRACION DE CONTENIDOS DIGITALES</t>
         </is>
       </c>
       <c r="D375" t="n">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="E375" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE ALTAVISTA</t>
+          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>AGUAS FRIAS</t>
+          <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G375" t="n">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="H375" t="inlineStr">
         <is>
-          <t>AGUAS FRIAS</t>
+          <t>CABECERA URBANA CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="I375" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J375" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K375" t="inlineStr">
         <is>
-          <t>VEREDA AGUAS FRIAS</t>
+          <t>CARRERA 131 # 65 - 07</t>
         </is>
       </c>
       <c r="L375" t="inlineStr">
         <is>
-          <t>6043412359 - 6043415510 - 3206688300</t>
+          <t>6044274239 - 6044279180 - 3004122723</t>
         </is>
       </c>
       <c r="M375" t="inlineStr">
         <is>
-          <t>IE.MARINAORTH@MEDELLIN.GOV.CO</t>
+          <t>IE.SANCRISTOBAL@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N375" t="inlineStr">
         <is>
-          <t>MARIA MAGDALENA CARO RODRIGUEZ</t>
+          <t>JOSE CHARLES VELEZ BETANCUR</t>
         </is>
       </c>
       <c r="O375" t="inlineStr">
         <is>
-          <t>MARIAM.CARO@MEDELLIN.GOV.CO</t>
+          <t>JOSEC.VELEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA AGUAS FRIAS</t>
+          <t>INSTITUCION EDUCATIVA MARINA ORTH</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C376" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>ASITENCIA EN AUDIO VISUALES</t>
+        </is>
+      </c>
       <c r="D376" t="n">
         <v>70</v>
       </c>
       <c r="E376" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE ALTAVISTA</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
           <t>AGUAS FRIAS</t>
         </is>
       </c>
       <c r="G376" t="n">
         <v>934</v>
       </c>
       <c r="H376" t="inlineStr">
         <is>
           <t>AGUAS FRIAS</t>
         </is>
       </c>
       <c r="I376" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J376" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K376" t="inlineStr">
         <is>
-          <t>VEREDA SANTA CLARA - AGUAS FRIAS (GUANTEROS)</t>
+          <t>VEREDA AGUAS FRIAS</t>
         </is>
       </c>
       <c r="L376" t="inlineStr">
         <is>
-          <t>6043412359</t>
+          <t>6043412359 - 6043415510 - 3206688300</t>
         </is>
       </c>
       <c r="M376" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.MARINAORTH@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N376" t="inlineStr">
         <is>
           <t>MARIA MAGDALENA CARO RODRIGUEZ</t>
         </is>
       </c>
       <c r="O376" t="inlineStr">
         <is>
           <t>MARIAM.CARO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA HECTOR ROGELIO MONTOYA</t>
+          <t>SECCION ESCUELA AGUAS FRIAS</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C377" t="inlineStr"/>
       <c r="D377" t="n">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="E377" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE PALMITAS</t>
+          <t>CORREGIMIENTO DE ALTAVISTA</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>PALMITAS SECTOR CENTRAL</t>
+          <t>AGUAS FRIAS</t>
         </is>
       </c>
       <c r="G377" t="n">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="H377" t="inlineStr">
         <is>
-          <t>PALMITAS CENTRAL</t>
+          <t>AGUAS FRIAS</t>
         </is>
       </c>
       <c r="I377" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J377" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K377" t="inlineStr">
         <is>
-          <t>CALLE 20 # 32 - 60</t>
+          <t>VEREDA SANTA CLARA - AGUAS FRIAS (GUANTEROS)</t>
         </is>
       </c>
       <c r="L377" t="inlineStr">
         <is>
-          <t>6043870058 - 6043870112</t>
+          <t>6043412359</t>
         </is>
       </c>
       <c r="M377" t="inlineStr">
         <is>
-          <t>IE.HECTORROGELIOMONT@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N377" t="inlineStr">
         <is>
-          <t>ELIZABETH MARIA NARVAEZ QUINTERO</t>
-[...2 lines deleted...]
-      <c r="O377" t="inlineStr"/>
+          <t>MARIA MAGDALENA CARO RODRIGUEZ</t>
+        </is>
+      </c>
+      <c r="O377" t="inlineStr">
+        <is>
+          <t>MARIAM.CARO@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA PALMITAS</t>
+          <t>INSTITUCION EDUCATIVA HECTOR ROGELIO MONTOYA</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C378" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C378" t="inlineStr">
+        <is>
+          <t>PROMOTORIA EN MANEJO AMBIENTAL</t>
+        </is>
+      </c>
       <c r="D378" t="n">
         <v>50</v>
       </c>
       <c r="E378" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
           <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G378" t="n">
         <v>936</v>
       </c>
       <c r="H378" t="inlineStr">
         <is>
           <t>PALMITAS CENTRAL</t>
         </is>
       </c>
       <c r="I378" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J378" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K378" t="inlineStr">
         <is>
-          <t>CALLE 20 # 34 - 105</t>
+          <t>CALLE 20 # 32 - 60</t>
         </is>
       </c>
       <c r="L378" t="inlineStr">
         <is>
           <t>6043870058 - 6043870112</t>
         </is>
       </c>
       <c r="M378" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.HECTORROGELIOMONT@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N378" t="inlineStr">
         <is>
           <t>ELIZABETH MARIA NARVAEZ QUINTERO</t>
         </is>
       </c>
       <c r="O378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA MANUEL J. BETANCUR</t>
+          <t>SECCION ESCUELA PALMITAS</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C379" t="inlineStr"/>
       <c r="D379" t="n">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="E379" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE PALMITAS</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>PALMITAS SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G379" t="n">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="H379" t="inlineStr">
         <is>
-          <t>SECTOR CENTRAL</t>
+          <t>PALMITAS CENTRAL</t>
         </is>
       </c>
       <c r="I379" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J379" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K379" t="inlineStr">
         <is>
-          <t>CARRERA 81 # 43SUR - 38</t>
+          <t>CALLE 20 # 34 - 105</t>
         </is>
       </c>
       <c r="L379" t="inlineStr">
         <is>
-          <t>3004521901</t>
+          <t>6043870058 - 6043870112</t>
         </is>
       </c>
       <c r="M379" t="inlineStr">
         <is>
-          <t>IE.MANUELJBETANCUR@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N379" t="inlineStr">
         <is>
-          <t>NANCY ADRIANA HERRERA LOPEZ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ELIZABETH MARIA NARVAEZ QUINTERO</t>
+        </is>
+      </c>
+      <c r="O379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA GUSTAVO RODAS ISAZA</t>
+          <t>INSTITUCION EDUCATIVA MANUEL J. BETANCUR</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C380" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C380" t="inlineStr">
+        <is>
+          <t>DISENO Y ARTE GRAFICO, MEDIOS AUDIOVISUALES</t>
+        </is>
+      </c>
       <c r="D380" t="n">
         <v>80</v>
       </c>
       <c r="E380" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G380" t="n">
         <v>937</v>
       </c>
       <c r="H380" t="inlineStr">
         <is>
           <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I380" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J380" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K380" t="inlineStr">
         <is>
-          <t>CALLE 48 SUR 66B - 22</t>
+          <t>CARRERA 81 # 43SUR - 38</t>
         </is>
       </c>
       <c r="L380" t="inlineStr">
         <is>
-          <t>3004518612</t>
+          <t>3004521901</t>
         </is>
       </c>
       <c r="M380" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.MANUELJBETANCUR@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N380" t="inlineStr">
         <is>
           <t>NANCY ADRIANA HERRERA LOPEZ</t>
         </is>
       </c>
       <c r="O380" t="inlineStr">
         <is>
           <t>NANCY.HERRERA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL MANZANILLO</t>
+          <t>SECCION ESCUELA GUSTAVO RODAS ISAZA</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="n">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E381" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE ALTAVISTA</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO ALTAVISTA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G381" t="n">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="H381" t="inlineStr">
         <is>
-          <t>SAN JOSE DEL MANZANILLO</t>
+          <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I381" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J381" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K381" t="inlineStr">
         <is>
-          <t>VEREDA EL MANZANILLO</t>
+          <t>CALLE 48 SUR 66B - 22</t>
         </is>
       </c>
       <c r="L381" t="inlineStr">
         <is>
-          <t>6043410940</t>
+          <t>3004518612</t>
         </is>
       </c>
       <c r="M381" t="inlineStr">
         <is>
-          <t>CE.MANZANILLO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N381" t="inlineStr">
         <is>
-          <t>MARTHA LUCIA ARANGO PALACIO</t>
+          <t>NANCY ADRIANA HERRERA LOPEZ</t>
         </is>
       </c>
       <c r="O381" t="inlineStr">
         <is>
-          <t>MARTHAL.ARANGO@MEDELLIN.GOV.CO</t>
+          <t>NANCY.HERRERA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO MARIA PAULINA TABORDA</t>
+          <t>CENTRO EDUCATIVO EL MANZANILLO</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="n">
         <v>70</v>
       </c>
       <c r="E382" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE ALTAVISTA</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>EL CORAZON EL MORRO</t>
+          <t>CORREGIMIENTO ALTAVISTA</t>
         </is>
       </c>
       <c r="G382" t="n">
         <v>935</v>
       </c>
       <c r="H382" t="inlineStr">
         <is>
-          <t>EL CORAZON EL MORRO</t>
+          <t>SAN JOSE DEL MANZANILLO</t>
         </is>
       </c>
       <c r="I382" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J382" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K382" t="inlineStr">
         <is>
-          <t>VEREDA TRAVESIAS EL CORAZON</t>
+          <t>VEREDA EL MANZANILLO</t>
         </is>
       </c>
       <c r="L382" t="inlineStr">
         <is>
-          <t>6044911556</t>
+          <t>6043410940</t>
         </is>
       </c>
       <c r="M382" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.MANZANILLO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N382" t="inlineStr">
         <is>
           <t>MARTHA LUCIA ARANGO PALACIO</t>
         </is>
       </c>
       <c r="O382" t="inlineStr">
         <is>
           <t>MARTHAL.ARANGO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO CARLOS MESA SANCHEZ</t>
+          <t>CENTRO EDUCATIVO MARIA PAULINA TABORDA</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="n">
         <v>70</v>
       </c>
       <c r="E383" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE ALTAVISTA</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>BUGA PATIO BONITO</t>
+          <t>EL CORAZON EL MORRO</t>
         </is>
       </c>
       <c r="G383" t="n">
         <v>935</v>
       </c>
       <c r="H383" t="inlineStr">
         <is>
-          <t>BUGA PATIO BONITO</t>
+          <t>EL CORAZON EL MORRO</t>
         </is>
       </c>
       <c r="I383" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J383" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K383" t="inlineStr">
         <is>
-          <t>CORREG ALTA VISTA</t>
+          <t>VEREDA TRAVESIAS EL CORAZON</t>
         </is>
       </c>
       <c r="L383" t="inlineStr">
         <is>
-          <t>6043433980</t>
+          <t>6044911556</t>
         </is>
       </c>
       <c r="M383" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N383" t="inlineStr">
         <is>
           <t>MARTHA LUCIA ARANGO PALACIO</t>
         </is>
       </c>
       <c r="O383" t="inlineStr">
         <is>
           <t>MARTHAL.ARANGO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA PRESBITERO JUAN J. ESCOBAR</t>
+          <t>CENTRO EDUCATIVO CARLOS MESA SANCHEZ</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C384" t="inlineStr"/>
       <c r="D384" t="n">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E384" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
+          <t>CORREGIMIENTO DE ALTAVISTA</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>BUGA PATIO BONITO</t>
         </is>
       </c>
       <c r="G384" t="n">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="H384" t="inlineStr">
         <is>
-          <t>CABECERA URBANA CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>BUGA PATIO BONITO</t>
         </is>
       </c>
       <c r="I384" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J384" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K384" t="inlineStr">
         <is>
-          <t>CALLE 62 # 128 - 120</t>
+          <t>CORREG ALTA VISTA</t>
         </is>
       </c>
       <c r="L384" t="inlineStr">
         <is>
-          <t>6044270220 - 6044277152</t>
+          <t>6043433980</t>
         </is>
       </c>
       <c r="M384" t="inlineStr">
         <is>
-          <t>IE.PJUANJESCOBAR@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N384" t="inlineStr">
         <is>
-          <t>JAIME ALBERTO CASTANO BOTERO</t>
+          <t>MARTHA LUCIA ARANGO PALACIO</t>
         </is>
       </c>
       <c r="O384" t="inlineStr">
         <is>
-          <t>JAIME.CASTANO@MEDELLIN.GOV.CO</t>
+          <t>MARTHAL.ARANGO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA JUAN NEPOMUCENO MORALES</t>
+          <t>INSTITUCION EDUCATIVA PRESBITERO JUAN J. ESCOBAR</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C385" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C385" t="inlineStr">
+        <is>
+          <t>SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS</t>
+        </is>
+      </c>
       <c r="D385" t="n">
         <v>60</v>
       </c>
       <c r="E385" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G385" t="n">
         <v>936</v>
       </c>
       <c r="H385" t="inlineStr">
         <is>
           <t>CABECERA URBANA CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="I385" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J385" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K385" t="inlineStr">
         <is>
-          <t>CALLE 62 # 127 - 6</t>
+          <t>CALLE 62 # 128 - 120</t>
         </is>
       </c>
       <c r="L385" t="inlineStr">
         <is>
-          <t>6044270173</t>
+          <t>6044270220 - 6044277152</t>
         </is>
       </c>
       <c r="M385" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.PJUANJESCOBAR@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N385" t="inlineStr">
         <is>
           <t>JAIME ALBERTO CASTANO BOTERO</t>
         </is>
       </c>
       <c r="O385" t="inlineStr">
         <is>
           <t>JAIME.CASTANO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA ALFONSO UPEGUI OROZCO</t>
+          <t>SECCION ESCUELA JUAN NEPOMUCENO MORALES</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C386" t="inlineStr"/>
       <c r="D386" t="n">
         <v>60</v>
       </c>
       <c r="E386" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>AREA DE EXPANSION PAJARITO</t>
+          <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G386" t="n">
         <v>936</v>
       </c>
       <c r="H386" t="inlineStr">
         <is>
-          <t>AREA DE EXPANCION PAJARITO - URB.PUERTA DEL SOL</t>
+          <t>CABECERA URBANA CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="I386" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J386" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K386" t="inlineStr">
         <is>
-          <t>CALLEL 64B # 117 - 177</t>
+          <t>CALLE 62 # 127 - 6</t>
         </is>
       </c>
       <c r="L386" t="inlineStr">
         <is>
-          <t>6044260345</t>
+          <t>6044270173</t>
         </is>
       </c>
       <c r="M386" t="inlineStr">
         <is>
-          <t>IE.ALFONSOUPEGUI@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N386" t="inlineStr">
         <is>
-          <t>LUIS FEDERICO ATEHORTUA LONDONO</t>
-[...2 lines deleted...]
-      <c r="O386" t="inlineStr"/>
+          <t>JAIME ALBERTO CASTANO BOTERO</t>
+        </is>
+      </c>
+      <c r="O386" t="inlineStr">
+        <is>
+          <t>JAIME.CASTANO@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA SANTA ELENA</t>
+          <t>INSTITUCION EDUCATIVA ALFONSO UPEGUI OROZCO</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>OPERACION AGRICOLA, AUXILIAR EN SISTEMAS INFORMATICOS, AUXILIAR ADMINISTRATIVO Y FINANCIERO</t>
+          <t>CONSERVACION DE RECURSOS NATURALES</t>
         </is>
       </c>
       <c r="D387" t="n">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="E387" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SANTA ELENA</t>
+          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>SANTA ELENA SECTOR CENTRAL</t>
+          <t>AREA DE EXPANSION PAJARITO</t>
         </is>
       </c>
       <c r="G387" t="n">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="H387" t="inlineStr">
         <is>
-          <t>SANTA ELENA SECTOR CENTRAL</t>
+          <t>AREA DE EXPANCION PAJARITO - URB.PUERTA DEL SOL</t>
         </is>
       </c>
       <c r="I387" t="inlineStr">
         <is>
-          <t>ZONA RURAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J387" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K387" t="inlineStr">
         <is>
-          <t xml:space="preserve">KILOMETRO 15 VIA SANTA ELENA </t>
+          <t>CALLEL 64B # 117 - 177</t>
         </is>
       </c>
       <c r="L387" t="inlineStr">
         <is>
-          <t>6044085106</t>
+          <t>6044260345</t>
         </is>
       </c>
       <c r="M387" t="inlineStr">
         <is>
-          <t>IE.SANTAELENA@MEDELLIN.GOV.CO</t>
+          <t>IE.ALFONSOUPEGUI@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N387" t="inlineStr">
         <is>
-          <t>SILVIA ELENA RENDON GARZON</t>
-[...6 lines deleted...]
-      </c>
+          <t>LUIS FEDERICO ATEHORTUA LONDONO</t>
+        </is>
+      </c>
+      <c r="O387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA RURAL SANTA ELENA</t>
+          <t>INSTITUCION EDUCATIVA SANTA ELENA</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C388" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr">
+        <is>
+          <t>OPERACION AGRICOLA, AUXILIAR EN SISTEMAS INFORMATICOS, AUXILIAR ADMINISTRATIVO Y FINANCIERO</t>
+        </is>
+      </c>
       <c r="D388" t="n">
         <v>90</v>
       </c>
       <c r="E388" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SANTA ELENA</t>
+          <t>SANTA ELENA SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="G388" t="n">
         <v>925</v>
       </c>
       <c r="H388" t="inlineStr">
         <is>
           <t>SANTA ELENA SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I388" t="inlineStr">
         <is>
           <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J388" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K388" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SANTA ELENA - PARTE CENTRAL</t>
+          <t xml:space="preserve">KILOMETRO 15 VIA SANTA ELENA </t>
         </is>
       </c>
       <c r="L388" t="inlineStr">
         <is>
-          <t>6045380027</t>
+          <t>6044085106</t>
         </is>
       </c>
       <c r="M388" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.SANTAELENA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N388" t="inlineStr">
         <is>
           <t>SILVIA ELENA RENDON GARZON</t>
         </is>
       </c>
       <c r="O388" t="inlineStr">
         <is>
           <t>SILVIAE.RENDON@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA SAN ANTONIO DE PRADO</t>
+          <t>SECCION ESCUELA RURAL SANTA ELENA</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr"/>
       <c r="D389" t="n">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E389" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE SANTA ELENA</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO SANTA ELENA</t>
         </is>
       </c>
       <c r="G389" t="n">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="H389" t="inlineStr">
         <is>
-          <t>SECTOR CENTRAL</t>
+          <t>SANTA ELENA SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I389" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA RURAL</t>
         </is>
       </c>
       <c r="J389" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K389" t="inlineStr">
         <is>
-          <t xml:space="preserve">CARRERA 79 # 42SUR - 39 </t>
+          <t>CORREGIMIENTO SANTA ELENA - PARTE CENTRAL</t>
         </is>
       </c>
       <c r="L389" t="inlineStr">
         <is>
-          <t>6042864285 -6042869361</t>
+          <t>6045380027</t>
         </is>
       </c>
       <c r="M389" t="inlineStr">
         <is>
-          <t>IE.SANANTONIODEPRADO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N389" t="inlineStr">
         <is>
-          <t>JHON FREDY BUSTAMANTE QUERUBIN</t>
+          <t>SILVIA ELENA RENDON GARZON</t>
         </is>
       </c>
       <c r="O389" t="inlineStr">
         <is>
-          <t>JHON.BUSTAMANTE@MEDELLIN.GOV.CO</t>
+          <t>SILVIAE.RENDON@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA MANUEL MARIA MALLARINO</t>
+          <t>INSTITUCION EDUCATIVA SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C390" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr">
+        <is>
+          <t>DESARROLLO DE SOFTWARE</t>
+        </is>
+      </c>
       <c r="D390" t="n">
         <v>80</v>
       </c>
       <c r="E390" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G390" t="n">
         <v>937</v>
       </c>
       <c r="H390" t="inlineStr">
         <is>
-          <t>POTRERITO</t>
+          <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I390" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J390" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K390" t="inlineStr">
         <is>
-          <t>CALLE 40 SUR 75B - 101</t>
+          <t xml:space="preserve">CARRERA 79 # 42SUR - 39 </t>
         </is>
       </c>
       <c r="L390" t="inlineStr">
         <is>
-          <t>6042860138</t>
+          <t>6042864285 -6042869361</t>
         </is>
       </c>
       <c r="M390" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.SANANTONIODEPRADO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N390" t="inlineStr">
         <is>
           <t>JHON FREDY BUSTAMANTE QUERUBIN</t>
         </is>
       </c>
       <c r="O390" t="inlineStr">
         <is>
           <t>JHON.BUSTAMANTE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA CARLOS BETANCUR BETANCUR</t>
+          <t>SECCION ESCUELA MANUEL MARIA MALLARINO</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="n">
         <v>80</v>
       </c>
       <c r="E391" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G391" t="n">
         <v>937</v>
       </c>
       <c r="H391" t="inlineStr">
         <is>
-          <t>SECTOR CENTRAL</t>
+          <t>POTRERITO</t>
         </is>
       </c>
       <c r="I391" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J391" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K391" t="inlineStr">
         <is>
-          <t>CARRERA 77 # 41 SUR 2</t>
+          <t>CALLE 40 SUR 75B - 101</t>
         </is>
       </c>
       <c r="L391" t="inlineStr">
         <is>
-          <t>6042860139</t>
+          <t>6042860138</t>
         </is>
       </c>
       <c r="M391" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N391" t="inlineStr">
         <is>
           <t>JHON FREDY BUSTAMANTE QUERUBIN</t>
         </is>
       </c>
       <c r="O391" t="inlineStr">
         <is>
           <t>JHON.BUSTAMANTE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO LAS PLAYAS</t>
+          <t>SECCION ESCUELA CARLOS BETANCUR BETANCUR</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="n">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E392" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>LAS PLAYAS</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G392" t="n">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H392" t="inlineStr">
         <is>
-          <t>LAS PLAYAS</t>
+          <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I392" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J392" t="inlineStr">
         <is>
-          <t>RURAL</t>
+          <t>URBANA</t>
         </is>
       </c>
       <c r="K392" t="inlineStr">
         <is>
-          <t>VEREDA LAS PLAYAS</t>
+          <t>CARRERA 77 # 41 SUR 2</t>
         </is>
       </c>
       <c r="L392" t="inlineStr">
         <is>
-          <t>6044272915</t>
+          <t>6042860139</t>
         </is>
       </c>
       <c r="M392" t="inlineStr">
         <is>
-          <t>CE.LASPLAYAS@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N392" t="inlineStr">
         <is>
-          <t>FLORALBA PEREZ CAICEDO</t>
+          <t>JHON FREDY BUSTAMANTE QUERUBIN</t>
         </is>
       </c>
       <c r="O392" t="inlineStr">
         <is>
-          <t>FLORALBA.PEREZ@MEDELLIN.GOV.CO</t>
+          <t>JHON.BUSTAMANTE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO SAGRADO CORAZON</t>
+          <t>CENTRO EDUCATIVO LAS PLAYAS</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="n">
         <v>60</v>
       </c>
       <c r="E393" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>LA CUCHILLA</t>
+          <t>LAS PLAYAS</t>
         </is>
       </c>
       <c r="G393" t="n">
         <v>936</v>
       </c>
       <c r="H393" t="inlineStr">
         <is>
-          <t>LA CUCHILLA</t>
+          <t>LAS PLAYAS</t>
         </is>
       </c>
       <c r="I393" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J393" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K393" t="inlineStr">
         <is>
-          <t>VEREDA LA CUCHILLA</t>
+          <t>VEREDA LAS PLAYAS</t>
         </is>
       </c>
       <c r="L393" t="inlineStr">
         <is>
-          <t>6044276317</t>
+          <t>6044272915</t>
         </is>
       </c>
       <c r="M393" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.LASPLAYAS@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N393" t="inlineStr">
         <is>
           <t>FLORALBA PEREZ CAICEDO</t>
         </is>
       </c>
       <c r="O393" t="inlineStr">
         <is>
           <t>FLORALBA.PEREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL PATIO</t>
+          <t>CENTRO EDUCATIVO SAGRADO CORAZON</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="n">
         <v>60</v>
       </c>
       <c r="E394" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>LA CUCHILLA</t>
         </is>
       </c>
       <c r="G394" t="n">
         <v>936</v>
       </c>
       <c r="H394" t="inlineStr">
         <is>
-          <t>EL PATIO</t>
+          <t>LA CUCHILLA</t>
         </is>
       </c>
       <c r="I394" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J394" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K394" t="inlineStr">
         <is>
-          <t>VEREDA EL PATIO</t>
+          <t>VEREDA LA CUCHILLA</t>
         </is>
       </c>
       <c r="L394" t="inlineStr">
         <is>
-          <t>6044272773</t>
+          <t>6044276317</t>
         </is>
       </c>
       <c r="M394" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N394" t="inlineStr">
         <is>
           <t>FLORALBA PEREZ CAICEDO</t>
         </is>
       </c>
       <c r="O394" t="inlineStr">
         <is>
           <t>FLORALBA.PEREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA EL LIMONAR</t>
+          <t>CENTRO EDUCATIVO EL PATIO</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr"/>
       <c r="D395" t="n">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="E395" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G395" t="n">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="H395" t="inlineStr">
         <is>
-          <t>NO APLICA</t>
+          <t>EL PATIO</t>
         </is>
       </c>
       <c r="I395" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J395" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K395" t="inlineStr">
         <is>
-          <t>CALLE 57SUR # 65 - 63</t>
+          <t>VEREDA EL PATIO</t>
         </is>
       </c>
       <c r="L395" t="inlineStr">
         <is>
-          <t>3004151575</t>
+          <t>6044272773</t>
         </is>
       </c>
       <c r="M395" t="inlineStr">
         <is>
-          <t>IE.LIMONAR@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N395" t="inlineStr">
         <is>
-          <t>BEATRIZ ELENA BENITEZ HERRERA</t>
+          <t>FLORALBA PEREZ CAICEDO</t>
         </is>
       </c>
       <c r="O395" t="inlineStr">
         <is>
-          <t>BEATRIZ.BENITEZ@MEDELLIN.GOV.CO</t>
+          <t>FLORALBA.PEREZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA SAN JOSE OBRERO</t>
+          <t>INSTITUCION EDUCATIVA EL LIMONAR</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS, OPERACION AGRICOLA Y PECUARIA, EJECUCION DE CLASES GRUPALES CON ORIENTACION AL FITNESS, AUXILIAR ADMINISTRATIVO Y FINANCIERO, AUXILIAR DE RECURSOS HUMANOS Y RIESGO LABORAL, MARROQUINERIA</t>
+          <t>EJECUCION DE CLASES GRUPALES CON ORIENTACION AL FITNESS</t>
         </is>
       </c>
       <c r="D396" t="n">
         <v>80</v>
       </c>
       <c r="E396" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>LA FLORIDA</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G396" t="n">
         <v>937</v>
       </c>
       <c r="H396" t="inlineStr">
         <is>
-          <t>LA FLORIDA</t>
+          <t>NO APLICA</t>
         </is>
       </c>
       <c r="I396" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J396" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K396" t="inlineStr">
         <is>
-          <t>CARRERA 85 # 48A SUR- 51</t>
+          <t>CALLE 57SUR # 65 - 63</t>
         </is>
       </c>
       <c r="L396" t="inlineStr">
         <is>
-          <t>6042860164 -604 2865866 - 3004179431</t>
+          <t>3004151575</t>
         </is>
       </c>
       <c r="M396" t="inlineStr">
         <is>
-          <t>IE.SANJOSEOBRERO@MEDELLIN.GOV.CO</t>
+          <t>IE.LIMONAR@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N396" t="inlineStr">
         <is>
-          <t>JORGE ALIRIO RODRIGUEZ SERNA</t>
+          <t>BEATRIZ ELENA BENITEZ HERRERA</t>
         </is>
       </c>
       <c r="O396" t="inlineStr">
         <is>
-          <t>JORGEAL.RODRIGUEZ@MEDELLIN.GOV.CO</t>
+          <t>BEATRIZ.BENITEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA SAN JOSE</t>
+          <t>INSTITUCION EDUCATIVA SAN JOSE OBRERO</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C397" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS, OPERACION AGRICOLA Y PECUARIA, EJECUCION DE CLASES GRUPALES CON ORIENTACION AL FITNESS, AUXILIAR ADMINISTRATIVO Y FINANCIERO, AUXILIAR DE RECURSOS HUMANOS Y RIESGO LABORAL, MARROQUINERIA</t>
+        </is>
+      </c>
       <c r="D397" t="n">
         <v>80</v>
       </c>
       <c r="E397" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>LA FLORIDA</t>
         </is>
       </c>
       <c r="G397" t="n">
         <v>937</v>
       </c>
       <c r="H397" t="inlineStr">
         <is>
-          <t>VEREDA SAN JOSE</t>
+          <t>LA FLORIDA</t>
         </is>
       </c>
       <c r="I397" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J397" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K397" t="inlineStr">
         <is>
-          <t>CALLE 64 SUR 67 - 18</t>
+          <t>CARRERA 85 # 48A SUR- 51</t>
         </is>
       </c>
       <c r="L397" t="inlineStr">
         <is>
-          <t>3004169076</t>
+          <t>6042860164 -604 2865866 - 3004179431</t>
         </is>
       </c>
       <c r="M397" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.SANJOSEOBRERO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N397" t="inlineStr">
         <is>
           <t>JORGE ALIRIO RODRIGUEZ SERNA</t>
         </is>
       </c>
       <c r="O397" t="inlineStr">
         <is>
           <t>JORGEAL.RODRIGUEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO TRAVESIAS EL MORRO</t>
+          <t>SECCION ESCUELA SAN JOSE</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="n">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E398" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>TRAVESIAS</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G398" t="n">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H398" t="inlineStr">
         <is>
-          <t>TRAVESIA</t>
+          <t>VEREDA SAN JOSE</t>
         </is>
       </c>
       <c r="I398" t="inlineStr">
         <is>
-          <t>ZONA CENTRO OCCIDENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J398" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K398" t="inlineStr">
         <is>
-          <t>CARRERA 143 # 68 - 20</t>
+          <t>CALLE 64 SUR 67 - 18</t>
         </is>
       </c>
       <c r="L398" t="inlineStr">
         <is>
-          <t>6043017465</t>
+          <t>3004169076</t>
         </is>
       </c>
       <c r="M398" t="inlineStr">
         <is>
-          <t>CE.TRAVESIASELMORRO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N398" t="inlineStr">
         <is>
-          <t>ELKIN ROBINSON ARTEAGA CANO</t>
-[...2 lines deleted...]
-      <c r="O398" t="inlineStr"/>
+          <t>JORGE ALIRIO RODRIGUEZ SERNA</t>
+        </is>
+      </c>
+      <c r="O398" t="inlineStr">
+        <is>
+          <t>JORGEAL.RODRIGUEZ@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO FABIO ZULUAGA OROZCO</t>
+          <t>CENTRO EDUCATIVO TRAVESIAS EL MORRO</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="n">
         <v>60</v>
       </c>
       <c r="E399" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>LA PALMA</t>
+          <t>TRAVESIAS</t>
         </is>
       </c>
       <c r="G399" t="n">
         <v>936</v>
       </c>
       <c r="H399" t="inlineStr">
         <is>
-          <t>LA PALMA</t>
+          <t>TRAVESIA</t>
         </is>
       </c>
       <c r="I399" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J399" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K399" t="inlineStr">
         <is>
-          <t>VEREDA LA PALMA</t>
+          <t>CARRERA 143 # 68 - 20</t>
         </is>
       </c>
       <c r="L399" t="inlineStr">
         <is>
           <t>6043017465</t>
         </is>
       </c>
       <c r="M399" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.TRAVESIASELMORRO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N399" t="inlineStr">
         <is>
           <t>ELKIN ROBINSON ARTEAGA CANO</t>
         </is>
       </c>
       <c r="O399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO PEDREGAL ALTO</t>
+          <t>CENTRO EDUCATIVO FABIO ZULUAGA OROZCO</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="n">
         <v>60</v>
       </c>
       <c r="E400" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>PEDREGAL ALTO</t>
+          <t>LA PALMA</t>
         </is>
       </c>
       <c r="G400" t="n">
         <v>936</v>
       </c>
       <c r="H400" t="inlineStr">
         <is>
-          <t>PEDREGAL ALTO</t>
+          <t>LA PALMA</t>
         </is>
       </c>
       <c r="I400" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J400" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K400" t="inlineStr">
         <is>
-          <t xml:space="preserve">CARRERA 121 # 69 - 136 </t>
+          <t>VEREDA LA PALMA</t>
         </is>
       </c>
       <c r="L400" t="inlineStr">
         <is>
-          <t>3148681036</t>
+          <t>6043017465</t>
         </is>
       </c>
       <c r="M400" t="inlineStr">
         <is>
-          <t>CE.PEDREGALALTO@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N400" t="inlineStr">
         <is>
-          <t>JOHN ALEXANDER GARCIA RODRIGUEZ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ELKIN ROBINSON ARTEAGA CANO</t>
+        </is>
+      </c>
+      <c r="O400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO BOQUERON</t>
+          <t>CENTRO EDUCATIVO PEDREGAL ALTO</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="n">
         <v>60</v>
       </c>
       <c r="E401" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>BOQUERON</t>
+          <t>PEDREGAL ALTO</t>
         </is>
       </c>
       <c r="G401" t="n">
         <v>936</v>
       </c>
       <c r="H401" t="inlineStr">
         <is>
-          <t>BOQUERON</t>
+          <t>PEDREGAL ALTO</t>
         </is>
       </c>
       <c r="I401" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J401" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K401" t="inlineStr">
         <is>
-          <t xml:space="preserve">VEREDA BOQUERO </t>
+          <t xml:space="preserve">CARRERA 121 # 69 - 136 </t>
         </is>
       </c>
       <c r="L401" t="inlineStr">
         <is>
           <t>3148681036</t>
         </is>
       </c>
       <c r="M401" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>CE.PEDREGALALTO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N401" t="inlineStr">
         <is>
           <t>JOHN ALEXANDER GARCIA RODRIGUEZ</t>
         </is>
       </c>
       <c r="O401" t="inlineStr">
         <is>
           <t>JOHNA.GARCIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO EL YOLOMBO</t>
+          <t>CENTRO EDUCATIVO BOQUERON</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="n">
         <v>60</v>
       </c>
       <c r="E402" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN CRISTOBAL</t>
+          <t>BOQUERON</t>
         </is>
       </c>
       <c r="G402" t="n">
         <v>936</v>
       </c>
       <c r="H402" t="inlineStr">
         <is>
-          <t>YOLOMBO</t>
+          <t>BOQUERON</t>
         </is>
       </c>
       <c r="I402" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J402" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K402" t="inlineStr">
         <is>
-          <t>VEREDA EL YOLOMBO</t>
+          <t xml:space="preserve">VEREDA BOQUERO </t>
         </is>
       </c>
       <c r="L402" t="inlineStr">
         <is>
           <t>3148681036</t>
         </is>
       </c>
       <c r="M402" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N402" t="inlineStr">
         <is>
           <t>JOHN ALEXANDER GARCIA RODRIGUEZ</t>
         </is>
       </c>
       <c r="O402" t="inlineStr">
         <is>
           <t>JOHNA.GARCIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>CENTRO EDUCATIVO SAN JOSE DE LA MONTANA</t>
+          <t>CENTRO EDUCATIVO EL YOLOMBO</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="n">
         <v>60</v>
       </c>
       <c r="E403" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G403" t="n">
         <v>936</v>
       </c>
       <c r="H403" t="inlineStr">
         <is>
-          <t>SAN JOSE DE LA MONTANA</t>
+          <t>YOLOMBO</t>
         </is>
       </c>
       <c r="I403" t="inlineStr">
         <is>
           <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J403" t="inlineStr">
         <is>
           <t>RURAL</t>
         </is>
       </c>
       <c r="K403" t="inlineStr">
         <is>
-          <t>CARRETERA AL MAR KM 14</t>
+          <t>VEREDA EL YOLOMBO</t>
         </is>
       </c>
       <c r="L403" t="inlineStr">
         <is>
           <t>3148681036</t>
         </is>
       </c>
       <c r="M403" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N403" t="inlineStr">
         <is>
           <t>JOHN ALEXANDER GARCIA RODRIGUEZ</t>
         </is>
       </c>
       <c r="O403" t="inlineStr">
         <is>
           <t>JOHNA.GARCIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA COMPARTIR</t>
+          <t>CENTRO EDUCATIVO SAN JOSE DE LA MONTANA</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr"/>
       <c r="D404" t="n">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="E404" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO DE SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
+          <t>CORREGIMIENTO SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="G404" t="n">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="H404" t="inlineStr">
         <is>
-          <t>SECTOR CENTRAL</t>
+          <t>SAN JOSE DE LA MONTANA</t>
         </is>
       </c>
       <c r="I404" t="inlineStr">
         <is>
-          <t>ZONA SUROCCIDENTAL</t>
+          <t>ZONA CENTRO OCCIDENTAL</t>
         </is>
       </c>
       <c r="J404" t="inlineStr">
         <is>
-          <t>URBANA</t>
+          <t>RURAL</t>
         </is>
       </c>
       <c r="K404" t="inlineStr">
         <is>
-          <t xml:space="preserve">CARRERA 62 # 42D SUR - 26 </t>
+          <t>CARRETERA AL MAR KM 14</t>
         </is>
       </c>
       <c r="L404" t="inlineStr">
         <is>
-          <t>6042865591</t>
+          <t>3148681036</t>
         </is>
       </c>
       <c r="M404" t="inlineStr">
         <is>
-          <t>IE.COMPARTIR@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N404" t="inlineStr">
         <is>
-          <t>WEIMAR ALBERTO VASQUEZ SANCHEZ</t>
+          <t>JOHN ALEXANDER GARCIA RODRIGUEZ</t>
         </is>
       </c>
       <c r="O404" t="inlineStr">
         <is>
-          <t>WEIMAR.VASQUEZ@MEDELLIN.GOV.CO</t>
+          <t>JOHNA.GARCIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA CORVIDE</t>
+          <t>INSTITUCION EDUCATIVA COMPARTIR</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>EMPRENDIMIENTO Y FOMENTO EMPRESARIAL, ASISTENCIA ADMINISTRATIVA</t>
+          <t>PROGRAMACION DE SOFTWARE</t>
         </is>
       </c>
       <c r="D405" t="n">
         <v>80</v>
       </c>
       <c r="E405" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G405" t="n">
         <v>937</v>
       </c>
       <c r="H405" t="inlineStr">
         <is>
           <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I405" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J405" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K405" t="inlineStr">
         <is>
-          <t>CARRERA 60D # 48SUR - 25</t>
+          <t xml:space="preserve">CARRERA 62 # 42D SUR - 26 </t>
         </is>
       </c>
       <c r="L405" t="inlineStr">
         <is>
-          <t>3004184413</t>
+          <t>6042865591</t>
         </is>
       </c>
       <c r="M405" t="inlineStr">
         <is>
-          <t>IE.CORVIDE@MEDELLIN.GOV.CO</t>
+          <t>IE.COMPARTIR@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N405" t="inlineStr">
         <is>
-          <t>LUZ HILDUARA VELASQUEZ ECHAVARRIA</t>
+          <t>WEIMAR ALBERTO VASQUEZ SANCHEZ</t>
         </is>
       </c>
       <c r="O405" t="inlineStr">
         <is>
-          <t>LUZH.VELASQUEZ@MEDELLIN.GOV.CO</t>
+          <t>WEIMAR.VASQUEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA PRADITO</t>
+          <t>INSTITUCION EDUCATIVA CORVIDE</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>ANIMACION TURISTICA</t>
+          <t>EMPRENDIMIENTO Y FOMENTO EMPRESARIAL, ASISTENCIA ADMINISTRATIVA</t>
         </is>
       </c>
       <c r="D406" t="n">
         <v>80</v>
       </c>
       <c r="E406" t="inlineStr">
         <is>
           <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
           <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G406" t="n">
         <v>937</v>
       </c>
       <c r="H406" t="inlineStr">
         <is>
           <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I406" t="inlineStr">
         <is>
           <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J406" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K406" t="inlineStr">
         <is>
-          <t>CALLE 38A SUR # 66A - 137</t>
+          <t>CARRERA 60D # 48SUR - 25</t>
         </is>
       </c>
       <c r="L406" t="inlineStr">
         <is>
-          <t>6042862832</t>
+          <t>3004184413</t>
         </is>
       </c>
       <c r="M406" t="inlineStr">
         <is>
-          <t>IE.PRADITO@MEDELLIN.GOV.CO</t>
+          <t>IE.CORVIDE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N406" t="inlineStr">
         <is>
-          <t>ORLANDO ORTIZ ARDILA</t>
+          <t>LUZ HILDUARA VELASQUEZ ECHAVARRIA</t>
         </is>
       </c>
       <c r="O406" t="inlineStr">
         <is>
-          <t>ORLANDO.ORTIZ@MEDELLIN.GOV.CO</t>
+          <t>LUZH.VELASQUEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA ALVERNIA</t>
+          <t>INSTITUCION EDUCATIVA PRADITO</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>AUXILIAR ADMINISTRATIVO Y FINANCIERO</t>
+          <t>ANIMACION TURISTICA</t>
         </is>
       </c>
       <c r="D407" t="n">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="E407" t="inlineStr">
         <is>
-          <t>ARANJUEZ</t>
+          <t>CORREGIMIENTO DE SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>CAMPO VALDES N. 1</t>
+          <t>CORREGIMIENTO SAN ANTONIO DE PRADO</t>
         </is>
       </c>
       <c r="G407" t="n">
-        <v>917</v>
+        <v>937</v>
       </c>
       <c r="H407" t="inlineStr">
         <is>
-          <t>NO APLICA</t>
+          <t>SECTOR CENTRAL</t>
         </is>
       </c>
       <c r="I407" t="inlineStr">
         <is>
-          <t>ZONA NORORIENTAL</t>
+          <t>ZONA SUROCCIDENTAL</t>
         </is>
       </c>
       <c r="J407" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K407" t="inlineStr">
         <is>
-          <t>CALLE 82C # 50C - 126</t>
+          <t>CALLE 38A SUR # 66A - 137</t>
         </is>
       </c>
       <c r="L407" t="inlineStr">
         <is>
-          <t>3122162462 - 3243008297</t>
+          <t>6042862832</t>
         </is>
       </c>
       <c r="M407" t="inlineStr">
         <is>
-          <t>IE.ALVERNIA@MEDELLIN.GOV.CO</t>
+          <t>IE.PRADITO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N407" t="inlineStr">
         <is>
-          <t>JAIR RAFAEL HOYOS DUQUE</t>
+          <t>ORLANDO ORTIZ ARDILA</t>
         </is>
       </c>
       <c r="O407" t="inlineStr">
         <is>
-          <t>JAIRR.HOYOS@MEDELLIN.GOV.CO</t>
+          <t>ORLANDO.ORTIZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA SANTA JUANA DE LESTONAC</t>
+          <t>INSTITUCION EDUCATIVA ALVERNIA</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>DISENO E INTEGRACION DE MULTIMEDIA, APLICACION DE PROCEDIMIENTOS DE LABORATORIO QUIMICO</t>
+          <t>AUXILIAR ADMINISTRATIVO Y FINANCIERO</t>
         </is>
       </c>
       <c r="D408" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E408" t="inlineStr">
         <is>
-          <t>DOCE DE OCTUBRE</t>
+          <t>ARANJUEZ</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>DOCE DE OCTUBRE N. 2</t>
+          <t>CAMPO VALDES N. 1</t>
         </is>
       </c>
       <c r="G408" t="n">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="H408" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I408" t="inlineStr">
         <is>
-          <t>ZONA NOROCCIDENTAL</t>
+          <t>ZONA NORORIENTAL</t>
         </is>
       </c>
       <c r="J408" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K408" t="inlineStr">
         <is>
-          <t>CARRERA 76A # 103C - 43</t>
+          <t>CALLE 82C # 50C - 126</t>
         </is>
       </c>
       <c r="L408" t="inlineStr">
         <is>
-          <t>6044711144</t>
+          <t>3122162462 - 3243008297</t>
         </is>
       </c>
       <c r="M408" t="inlineStr">
         <is>
-          <t>IE.SANTAJUANADELESTO@MEDELLIN.GOV.CO</t>
+          <t>IE.ALVERNIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N408" t="inlineStr">
         <is>
-          <t>LUCERO MACHADO MORENO</t>
-[...2 lines deleted...]
-      <c r="O408" t="inlineStr"/>
+          <t>JAIR RAFAEL HOYOS DUQUE</t>
+        </is>
+      </c>
+      <c r="O408" t="inlineStr">
+        <is>
+          <t>JAIRR.HOYOS@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA LA CANDELARIA</t>
+          <t>INSTITUCION EDUCATIVA SANTA JUANA DE LESTONAC</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>SISTEMAS INFORMATICOS, DIBUJO ARQUITECTONICO</t>
+          <t>DISENO E INTEGRACION DE MULTIMEDIA, APLICACION DE PROCEDIMIENTOS DE LABORATORIO QUIMICO</t>
         </is>
       </c>
       <c r="D409" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E409" t="inlineStr">
         <is>
-          <t>POPULAR</t>
+          <t>DOCE DE OCTUBRE</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>SANTO DOMINGO SAVIO N. 1</t>
+          <t>DOCE DE OCTUBRE N. 2</t>
         </is>
       </c>
       <c r="G409" t="n">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="H409" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I409" t="inlineStr">
         <is>
-          <t>ZONA NORORIENTAL</t>
+          <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J409" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K409" t="inlineStr">
         <is>
-          <t>CALLE 106 # 32 - 100</t>
+          <t>CARRERA 76A # 103C - 43</t>
         </is>
       </c>
       <c r="L409" t="inlineStr">
         <is>
-          <t>3004145093 - 3004157611</t>
+          <t>6044711144</t>
         </is>
       </c>
       <c r="M409" t="inlineStr">
         <is>
-          <t>IE.LACANDELARIA@MEDELLIN.GOV.CO</t>
+          <t>IE.SANTAJUANADELESTO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N409" t="inlineStr">
         <is>
-          <t>JORGE ELIECER MURIEL MURIEL</t>
-[...6 lines deleted...]
-      </c>
+          <t>LUCERO MACHADO MORENO</t>
+        </is>
+      </c>
+      <c r="O409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA LA ESPERANZA NO.2</t>
+          <t>INSTITUCION EDUCATIVA LA CANDELARIA</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C410" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>SISTEMAS INFORMATICOS, DIBUJO ARQUITECTONICO</t>
+        </is>
+      </c>
       <c r="D410" t="n">
         <v>1</v>
       </c>
       <c r="E410" t="inlineStr">
         <is>
           <t>POPULAR</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>LA ESPERANZA N. 2</t>
+          <t>SANTO DOMINGO SAVIO N. 1</t>
         </is>
       </c>
       <c r="G410" t="n">
         <v>914</v>
       </c>
       <c r="H410" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I410" t="inlineStr">
         <is>
           <t>ZONA NORORIENTAL</t>
         </is>
       </c>
       <c r="J410" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K410" t="inlineStr">
         <is>
-          <t>CARRERA 29 # 102 - 20</t>
+          <t>CALLE 106 # 32 - 100</t>
         </is>
       </c>
       <c r="L410" t="inlineStr">
         <is>
           <t>3004145093 - 3004157611</t>
         </is>
       </c>
       <c r="M410" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.LACANDELARIA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N410" t="inlineStr">
         <is>
           <t>JORGE ELIECER MURIEL MURIEL</t>
         </is>
       </c>
       <c r="O410" t="inlineStr">
         <is>
           <t>JORGE.MURIEL@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA MAESTRO ARENAS BETANCUR</t>
+          <t>SECCION ESCUELA LA ESPERANZA NO.2</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
+          <t>SEDE</t>
         </is>
       </c>
       <c r="C411" t="inlineStr"/>
       <c r="D411" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E411" t="inlineStr">
         <is>
-          <t>CASTILLA</t>
+          <t>POPULAR</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>CASTILLA</t>
+          <t>LA ESPERANZA N. 2</t>
         </is>
       </c>
       <c r="G411" t="n">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="H411" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I411" t="inlineStr">
         <is>
-          <t>ZONA NOROCCIDENTAL</t>
+          <t>ZONA NORORIENTAL</t>
         </is>
       </c>
       <c r="J411" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K411" t="inlineStr">
         <is>
-          <t>CALLE 98A # 65 - 120</t>
+          <t>CARRERA 29 # 102 - 20</t>
         </is>
       </c>
       <c r="L411" t="inlineStr">
         <is>
-          <t>6042676475 -604 2677287 - 3024138783</t>
+          <t>3004145093 - 3004157611</t>
         </is>
       </c>
       <c r="M411" t="inlineStr">
         <is>
-          <t>IE.MAESTROARENAS@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N411" t="inlineStr">
         <is>
-          <t>LINA MARIA RINCON SALAZAR</t>
+          <t>JORGE ELIECER MURIEL MURIEL</t>
         </is>
       </c>
       <c r="O411" t="inlineStr">
         <is>
-          <t>LINA.RINCON@MEDELLIN.GOV.CO</t>
+          <t>JORGE.MURIEL@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA IMPERIO DEL JAPON</t>
+          <t>INSTITUCION EDUCATIVA MAESTRO ARENAS BETANCUR</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>SEDE</t>
+          <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C412" t="inlineStr"/>
       <c r="D412" t="n">
         <v>5</v>
       </c>
       <c r="E412" t="inlineStr">
         <is>
           <t>CASTILLA</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>GIRARDOT</t>
+          <t>CASTILLA</t>
         </is>
       </c>
       <c r="G412" t="n">
         <v>920</v>
       </c>
       <c r="H412" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I412" t="inlineStr">
         <is>
           <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J412" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K412" t="inlineStr">
         <is>
-          <t>CALLE 101 # 65 - 125</t>
+          <t>CALLE 98A # 65 - 120</t>
         </is>
       </c>
       <c r="L412" t="inlineStr">
         <is>
-          <t>6042677287</t>
+          <t>6042676475 -604 2677287 - 3024138783</t>
         </is>
       </c>
       <c r="M412" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.MAESTROARENAS@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N412" t="inlineStr">
         <is>
           <t>LINA MARIA RINCON SALAZAR</t>
         </is>
       </c>
       <c r="O412" t="inlineStr">
         <is>
           <t>LINA.RINCON@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA MUNICIPAL CASTILLA</t>
+          <t>SECCION ESCUELA IMPERIO DEL JAPON</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>SEDE</t>
         </is>
       </c>
       <c r="C413" t="inlineStr"/>
       <c r="D413" t="n">
         <v>5</v>
       </c>
       <c r="E413" t="inlineStr">
         <is>
           <t>CASTILLA</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
           <t>GIRARDOT</t>
         </is>
       </c>
       <c r="G413" t="n">
         <v>920</v>
       </c>
       <c r="H413" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I413" t="inlineStr">
         <is>
           <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J413" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K413" t="inlineStr">
         <is>
-          <t>CALLE 100A # 66 - 54</t>
+          <t>CALLE 101 # 65 - 125</t>
         </is>
       </c>
       <c r="L413" t="inlineStr">
         <is>
-          <t>6042676475</t>
+          <t>6042677287</t>
         </is>
       </c>
       <c r="M413" t="inlineStr">
         <is>
           <t>EN GESTION</t>
         </is>
       </c>
       <c r="N413" t="inlineStr">
         <is>
           <t>LINA MARIA RINCON SALAZAR</t>
         </is>
       </c>
       <c r="O413" t="inlineStr">
         <is>
           <t>LINA.RINCON@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA EL TRIUNFO SANTA TERESA</t>
+          <t>SECCION ESCUELA MUNICIPAL CASTILLA</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr"/>
       <c r="D414" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E414" t="inlineStr">
         <is>
-          <t>DOCE DE OCTUBRE</t>
+          <t>CASTILLA</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>DOCE DE OCTUBRE N. 1</t>
+          <t>GIRARDOT</t>
         </is>
       </c>
       <c r="G414" t="n">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="H414" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I414" t="inlineStr">
         <is>
           <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J414" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K414" t="inlineStr">
         <is>
-          <t>CALLE 104D # 82GG - 20</t>
+          <t>CALLE 100A # 66 - 54</t>
         </is>
       </c>
       <c r="L414" t="inlineStr">
         <is>
-          <t>6044715017</t>
+          <t>6042676475</t>
         </is>
       </c>
       <c r="M414" t="inlineStr">
         <is>
-          <t>IE.ELTRIUNFOSANTATER@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N414" t="inlineStr">
         <is>
-          <t>MIGUEL ALBEIRO ZAPATA CORDOBA</t>
+          <t>LINA MARIA RINCON SALAZAR</t>
         </is>
       </c>
       <c r="O414" t="inlineStr">
         <is>
-          <t>MIGUEL.ZAPATA@MEDELLIN.GOV.CO</t>
+          <t>LINA.RINCON@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA EL TRIUNFO</t>
+          <t>INSTITUCION EDUCATIVA EL TRIUNFO SANTA TERESA</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C415" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DESARROLLO DE SOFTWARE, DISENO Y ARTE GRAFICO, SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS, SOPORTE Y MANTENIMIENTO DE BASE DE DATOS </t>
+        </is>
+      </c>
       <c r="D415" t="n">
         <v>6</v>
       </c>
       <c r="E415" t="inlineStr">
         <is>
           <t>DOCE DE OCTUBRE</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>EL TRIUNFO</t>
+          <t>DOCE DE OCTUBRE N. 1</t>
         </is>
       </c>
       <c r="G415" t="n">
         <v>921</v>
       </c>
       <c r="H415" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I415" t="inlineStr">
         <is>
           <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J415" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K415" t="inlineStr">
         <is>
-          <t>CALLE 103A # 86 - 35</t>
+          <t>CALLE 104D # 82GG - 20</t>
         </is>
       </c>
       <c r="L415" t="inlineStr">
         <is>
-          <t>6044776954</t>
+          <t>6044715017</t>
         </is>
       </c>
       <c r="M415" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.ELTRIUNFOSANTATER@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N415" t="inlineStr">
         <is>
           <t>MIGUEL ALBEIRO ZAPATA CORDOBA</t>
         </is>
       </c>
       <c r="O415" t="inlineStr">
         <is>
           <t>MIGUEL.ZAPATA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA FE Y ALEGRIA LUIS AMIGO</t>
+          <t>SECCION ESCUELA EL TRIUNFO</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
       <c r="D416" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E416" t="inlineStr">
         <is>
-          <t>ARANJUEZ</t>
+          <t>DOCE DE OCTUBRE</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>MORAVIA</t>
+          <t>EL TRIUNFO</t>
         </is>
       </c>
       <c r="G416" t="n">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="H416" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I416" t="inlineStr">
         <is>
-          <t>ZONA NORORIENTAL</t>
+          <t>ZONA NOROCCIDENTAL</t>
         </is>
       </c>
       <c r="J416" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K416" t="inlineStr">
         <is>
-          <t>CARRERA 58 # 84 - 40</t>
+          <t>CALLE 103A # 86 - 35</t>
         </is>
       </c>
       <c r="L416" t="inlineStr">
         <is>
-          <t>3004180326</t>
+          <t>6044776954</t>
         </is>
       </c>
       <c r="M416" t="inlineStr">
         <is>
-          <t>IE.FEYALEGRIALUISAMI@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N416" t="inlineStr">
         <is>
-          <t>WALTER GABRIEL VELEZ RAMIREZ</t>
+          <t>MIGUEL ALBEIRO ZAPATA CORDOBA</t>
         </is>
       </c>
       <c r="O416" t="inlineStr">
         <is>
-          <t>WALTERG.VELEZ@MEDELLIN.GOV.CO</t>
+          <t>MIGUEL.ZAPATA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA MADRE LAURA</t>
+          <t>INSTITUCION EDUCATIVA FE Y ALEGRIA LUIS AMIGO</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS, ASISTENCIA DE EDICION AUDIOVISUAL</t>
+          <t>ASISTENTE EN ORGANIZACION DE EVENTOS, ASISTENTE EN ORGANIZACION DE VIAJES , COCINA</t>
         </is>
       </c>
       <c r="D417" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E417" t="inlineStr">
         <is>
-          <t>BUENOS AIRES</t>
+          <t>ARANJUEZ</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>CATALUNA</t>
+          <t>MORAVIA</t>
         </is>
       </c>
       <c r="G417" t="n">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="H417" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I417" t="inlineStr">
         <is>
-          <t>ZONA CENTRO ORIENTAL</t>
+          <t>ZONA NORORIENTAL</t>
         </is>
       </c>
       <c r="J417" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K417" t="inlineStr">
         <is>
-          <t>CALLE 45 # 22A - 81</t>
+          <t>CARRERA 58 # 84 - 40</t>
         </is>
       </c>
       <c r="L417" t="inlineStr">
         <is>
-          <t>6042690627</t>
+          <t>3004180326</t>
         </is>
       </c>
       <c r="M417" t="inlineStr">
         <is>
-          <t>IE.MADRELAURA@MEDELLIN.GOV.CO</t>
+          <t>IE.FEYALEGRIALUISAMI@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N417" t="inlineStr">
         <is>
-          <t>HNA LUZ MARINA ZAPATA OLAYA</t>
-[...2 lines deleted...]
-      <c r="O417" t="inlineStr"/>
+          <t>WALTER GABRIEL VELEZ RAMIREZ</t>
+        </is>
+      </c>
+      <c r="O417" t="inlineStr">
+        <is>
+          <t>WALTERG.VELEZ@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA ARZOBISPO TULIO BOTERO SALAZAR</t>
+          <t>INSTITUCION EDUCATIVA MADRE LAURA</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>PRODUCCION DE CONTENIDOS DIGITALES, SOPORTE MANTENIMIENTO Y VISUALIZACION DE BASES DE DATOS</t>
+          <t>SOPORTE Y MANTENIMIENTO DE INTERNET DE LAS COSAS, ASISTENCIA DE EDICION AUDIOVISUAL</t>
         </is>
       </c>
       <c r="D418" t="n">
         <v>9</v>
       </c>
       <c r="E418" t="inlineStr">
         <is>
           <t>BUENOS AIRES</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>BARRIOS DE JESUS</t>
+          <t>CATALUNA</t>
         </is>
       </c>
       <c r="G418" t="n">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H418" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I418" t="inlineStr">
         <is>
           <t>ZONA CENTRO ORIENTAL</t>
         </is>
       </c>
       <c r="J418" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K418" t="inlineStr">
         <is>
-          <t>CALLE 49A # 03A 06</t>
+          <t>CALLE 45 # 22A - 81</t>
         </is>
       </c>
       <c r="L418" t="inlineStr">
         <is>
-          <t>6042267300</t>
+          <t>6042690627</t>
         </is>
       </c>
       <c r="M418" t="inlineStr">
         <is>
-          <t>IE.TULIOBOTERO@MEDELLIN.GOV.CO</t>
+          <t>IE.MADRELAURA@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N418" t="inlineStr">
         <is>
-          <t>BENJAMIN MARTINEZ LEMOS</t>
-[...6 lines deleted...]
-      </c>
+          <t>HNA LUZ MARINA ZAPATA OLAYA</t>
+        </is>
+      </c>
+      <c r="O418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>SECCION ESCUELA LAS ESTANCIAS</t>
+          <t>INSTITUCION EDUCATIVA ARZOBISPO TULIO BOTERO SALAZAR</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>SEDE</t>
-[...2 lines deleted...]
-      <c r="C419" t="inlineStr"/>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>PRODUCCION DE CONTENIDOS DIGITALES, SOPORTE MANTENIMIENTO Y VISUALIZACION DE BASES DE DATOS</t>
+        </is>
+      </c>
       <c r="D419" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E419" t="inlineStr">
         <is>
-          <t>VILLA HERMOSA</t>
+          <t>BUENOS AIRES</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>LAS ESTANCIAS</t>
+          <t>BARRIOS DE JESUS</t>
         </is>
       </c>
       <c r="G419" t="n">
         <v>925</v>
       </c>
       <c r="H419" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I419" t="inlineStr">
         <is>
           <t>ZONA CENTRO ORIENTAL</t>
         </is>
       </c>
       <c r="J419" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K419" t="inlineStr">
         <is>
-          <t>CALLE 52 # 4 - 38</t>
+          <t>CALLE 49A # 03A 06</t>
         </is>
       </c>
       <c r="L419" t="inlineStr">
         <is>
-          <t>6042261590</t>
+          <t>6042267300</t>
         </is>
       </c>
       <c r="M419" t="inlineStr">
         <is>
-          <t>EN GESTION</t>
+          <t>IE.TULIOBOTERO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
       <c r="N419" t="inlineStr">
         <is>
           <t>BENJAMIN MARTINEZ LEMOS</t>
         </is>
       </c>
       <c r="O419" t="inlineStr">
         <is>
           <t>BENJAMIN.MARTINEZ@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>INSTITUCION EDUCATIVA BARRIO OLAYA HERRERA</t>
+          <t>SECCION ESCUELA LAS ESTANCIAS</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>PRINCIPAL</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEDE</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr"/>
       <c r="D420" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E420" t="inlineStr">
         <is>
-          <t>ROBLEDO</t>
+          <t>VILLA HERMOSA</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>OLAYA HERRERA</t>
+          <t>LAS ESTANCIAS</t>
         </is>
       </c>
       <c r="G420" t="n">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="H420" t="inlineStr">
         <is>
           <t>NO APLICA</t>
         </is>
       </c>
       <c r="I420" t="inlineStr">
         <is>
-          <t>ZONA NOROCCIDENTAL</t>
+          <t>ZONA CENTRO ORIENTAL</t>
         </is>
       </c>
       <c r="J420" t="inlineStr">
         <is>
           <t>URBANA</t>
         </is>
       </c>
       <c r="K420" t="inlineStr">
         <is>
-          <t>CARRERA 101C # 58 - 44</t>
+          <t>CALLE 52 # 4 - 38</t>
         </is>
       </c>
       <c r="L420" t="inlineStr">
         <is>
-          <t>3004939676</t>
+          <t>6042261590</t>
         </is>
       </c>
       <c r="M420" t="inlineStr">
         <is>
-          <t>IE.BARRIOOLAYAHERRER@MEDELLIN.GOV.CO</t>
+          <t>EN GESTION</t>
         </is>
       </c>
       <c r="N420" t="inlineStr">
         <is>
-          <t>JHONY MAURICIO CANO GIRALDO</t>
-[...2 lines deleted...]
-      <c r="O420" t="inlineStr"/>
+          <t>BENJAMIN MARTINEZ LEMOS</t>
+        </is>
+      </c>
+      <c r="O420" t="inlineStr">
+        <is>
+          <t>BENJAMIN.MARTINEZ@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
+          <t>INSTITUCION EDUCATIVA BARRIO OLAYA HERRERA</t>
+        </is>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>PRINCIPAL</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr">
+        <is>
+          <t>ASISTENTE EN ORGANIZACION DE EVENTOS</t>
+        </is>
+      </c>
+      <c r="D421" t="n">
+        <v>7</v>
+      </c>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>ROBLEDO</t>
+        </is>
+      </c>
+      <c r="F421" t="inlineStr">
+        <is>
+          <t>OLAYA HERRERA</t>
+        </is>
+      </c>
+      <c r="G421" t="n">
+        <v>923</v>
+      </c>
+      <c r="H421" t="inlineStr">
+        <is>
+          <t>NO APLICA</t>
+        </is>
+      </c>
+      <c r="I421" t="inlineStr">
+        <is>
+          <t>ZONA NOROCCIDENTAL</t>
+        </is>
+      </c>
+      <c r="J421" t="inlineStr">
+        <is>
+          <t>URBANA</t>
+        </is>
+      </c>
+      <c r="K421" t="inlineStr">
+        <is>
+          <t>CARRERA 101C # 58 - 44</t>
+        </is>
+      </c>
+      <c r="L421" t="inlineStr">
+        <is>
+          <t>3004939676</t>
+        </is>
+      </c>
+      <c r="M421" t="inlineStr">
+        <is>
+          <t>IE.BARRIOOLAYAHERRER@MEDELLIN.GOV.CO</t>
+        </is>
+      </c>
+      <c r="N421" t="inlineStr">
+        <is>
+          <t>JHONY MAURICIO CANO GIRALDO</t>
+        </is>
+      </c>
+      <c r="O421" t="inlineStr"/>
+    </row>
+    <row r="422">
+      <c r="A422" t="inlineStr">
+        <is>
           <t>INSTITUCION EDUCATIVA EL BOSQUE</t>
         </is>
       </c>
-      <c r="B421" t="inlineStr">
+      <c r="B422" t="inlineStr">
         <is>
           <t>PRINCIPAL</t>
         </is>
       </c>
-      <c r="C421" t="inlineStr">
+      <c r="C422" t="inlineStr">
         <is>
           <t>SOPORTE MANTENIMIENTO Y VISUALIZACION DE BASES DE DATOS</t>
         </is>
       </c>
-      <c r="D421" t="n">
+      <c r="D422" t="n">
         <v>4</v>
       </c>
-      <c r="E421" t="inlineStr">
+      <c r="E422" t="inlineStr">
         <is>
           <t>ARANJUEZ</t>
         </is>
       </c>
-      <c r="F421" t="inlineStr">
+      <c r="F422" t="inlineStr">
         <is>
           <t>MORAVIA</t>
         </is>
       </c>
-      <c r="G421" t="n">
+      <c r="G422" t="n">
         <v>918</v>
       </c>
-      <c r="H421" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I421" t="inlineStr">
+      <c r="H422" t="inlineStr">
+        <is>
+          <t>NO APLICA</t>
+        </is>
+      </c>
+      <c r="I422" t="inlineStr">
         <is>
           <t>ZONA NORORIENTAL</t>
         </is>
       </c>
-      <c r="J421" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K421" t="inlineStr">
+      <c r="J422" t="inlineStr">
+        <is>
+          <t>URBANA</t>
+        </is>
+      </c>
+      <c r="K422" t="inlineStr">
         <is>
           <t>CARRERA 58 # 85B - 81</t>
         </is>
       </c>
-      <c r="L421" t="inlineStr">
+      <c r="L422" t="inlineStr">
         <is>
           <t>6045160365</t>
         </is>
       </c>
-      <c r="M421" t="inlineStr">
+      <c r="M422" t="inlineStr">
         <is>
           <t>IE.ELBOSQUE@MEDELLIN.GOV.CO</t>
         </is>
       </c>
-      <c r="N421" t="inlineStr">
+      <c r="N422" t="inlineStr">
         <is>
           <t>JOSE NELIO MARMOLEJO RAGA</t>
         </is>
       </c>
-      <c r="O421" t="inlineStr">
+      <c r="O422" t="inlineStr">
         <is>
           <t>JOSE.MARMOLEJO@MEDELLIN.GOV.CO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>